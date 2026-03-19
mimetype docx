--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -252,51 +252,51 @@
               <w:rPr/>
               <w:t xml:space="preserve">16.00 – торжественное закрытие Турнира, награждениепобедителей.</w:t>
             </w:r>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ПРИГЛАШАЕМ БОЛЕЛЬЩИКОВ!!!</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>