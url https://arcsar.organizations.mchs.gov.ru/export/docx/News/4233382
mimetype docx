--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -149,51 +149,51 @@
             <w:pPr>
               <w:jc w:val="start"/>
             </w:pPr>
             <w:br/>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ПОЛОЖЕНИЕ  о конкурсе детско-юношеского творчества «Планетабезопасности» Цели и задачи конкурса: - формирование гражданскойпозиции в области безопасности жизнедеятельности и уважения кпрофессии спасатель; - развитие творческих способностейподрастающего поколения.              Организаторы конкурса. Организатором конкурса являетсяФедеральное государственное казенное учреждение «Арктическийспасательный учебно-научный центр «Вытегра». Участники конкурса. Кучастию в конкурсе приглашаются воспитанники и обучающиесяобразовательных учреждений и учреждений дополнительного образованияВытегорского муниципального района в следующих возрастных группах:дошкольники, 1-4 классы, 5-8 классы, 9-11 классы. Номинацииконкурса: - художественно-изобразительное творчество; -декоративно-прикладное творчество. Порядок проведения конкурса.Конкурс проводится с 15 ноября 2019 года по 16 декабря 2019года.  Работы предоставляются Организатору конкурса до 16декабря 2019 года по адресу: д.Устье, Вологодская область,Вытегорский район, ФГКУ «АСУНЦ «Вытегра», каб. 213(административное здание).  Контактные лица от Организатора:Чухина Татьяна Владимировна (тел.: 8(8172)51284, 8(911)0465656),Черенко Татьяна Анатольевна (тел. 8(921)1491477). Требования кконкурсным работам. Работы должны быть выполнены в соответствии стемой конкурса. Каждый конкурсный материал должен сопровождатьсяинформацией с указанием названия работы, номинации, ФИО, возрастнойкатегории, контактного телефона, ФИО преподавателя (полностью),названия образовательного учреждения (по Уставу).  К участию вКонкурсе не допускаются работы:  - нарушающие действующеезаконодательство РФ, морально-этические нормы, а также права изаконные интересы третьих лиц;  - негативного илиотталкивающего содержания, содержащие изображения, оскорбляющиечесть и достоинство гражданина;  - работы на тему этнических,национальных, расовых, религиозных и иных различий между людьми; -работы, сюжет которых пропагандирует нездоровый образ жизни,включая курение, употребление алкоголя (в т.ч. пива и коктейлей),наркотиков и психотропных веществ;  - работы с изображениемлюбых товарных знаков/торговых марок/ знаков обслуживания и прочихобъектов интеллектуальной собственности. Направляя работу дляучастия в конкурсе, участник (законный представитель) гарантируеторганизатору конкурса, что работа создана автором лично и неявляется следствием плагиата, не нарушает прав и законных интересовтретьих лиц в сфере защиты интеллектуальной собственности.Направляя работу для участия в конкурсе, участник конкурса(законный представитель) подтверждает своё согласие наобнародование и публичную демонстрацию работы организаторомконкурса, с указанием имени и возраста автора, путём размещения насайте организатора и в социальных сетях, а равно на любое иноеиспользование работ. Права, указанные в настоящем Положении,предоставляются участником (законным представителем) организаторуконкурса на безвозмездной основе, без выплаты денежного (какого-либо иного материального) вознаграждения. Критерии оценкиконкурсных работ: - оригинальность сюжета; - художественныйуровень; - проявление фантазии и творческого начала; - тематическаянаправленность; - творческий подход и эстетически грамотноеоформление. Подведение итогов конкурса. Для подведения итоговконкурса Организатором создается комиссия, которая определяетпобедителей конкурса, занявших I, II и III места. Победителинаграждаются дипломами и памятными сувенирами. Остальные участникиотмечаются благодарностью за участие в конкурсе. Информация орезультатах конкурса будет размещена в официальных источникахучреждения на интернет-портале и в СМИ. Из представленных работорганизуется выставка творчества в ФГКУ «АСУНЦ «Вытегра».Объявление итогов конкурса состоится не позднее 20 декабря 2019года.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>