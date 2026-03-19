--- v0 (2025-10-20)
+++ v1 (2026-03-19)
@@ -172,51 +172,51 @@
               <w:t xml:space="preserve">Водолазный специалист, преподаватель спасательногоцентра Андрей Лапин раскрыл секрет "дальности видимогогоризонта" для второй группы посетителей. Рассказал юным слушателямо том, как проводится визуальный осмотр акватории водоемов напредмет видимости объектов, терпящих бедствие на воде. Такжеповедал кадетам о работе спасателей-водолазов: проведение подводныхтехнических и спасательных работ, работах на большой глубине сприменением специальных средств.</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">В завершение занятия желающие смогли посетить смотровую площадку и"заглянуть за горизонт".</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>