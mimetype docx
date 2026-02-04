--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -154,51 +154,51 @@
               <w:t xml:space="preserve">17 мартаспасатели - участники учебной экспедиции во время движения помаршруту спасли рыбака, который недалёко от их движения попал вледовую трещину. "Мотособака", которой управлял рыбак, полностьюушла под воду. Ребята успели во время, вытащили технику, оказалипомощь мужчине.</w:t>
             </w:r>
             <w:br/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Внимание всем посещающим и отдыхающим на акватории оз. Онежское :трещин у берегов озера много. Будьте внимательны и осторожны!</w:t>
             </w:r>
             <w:br/>
             <w:br/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="15"/>
                 <w:szCs w:val="15"/>
               </w:rPr>
-              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2025</w:t>
+              <w:t xml:space="preserve">Министерство Российской Федерации по делам гражданской обороны,чрезвычайным ситуациям и ликвидации последствий стихийных бедствий© 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>